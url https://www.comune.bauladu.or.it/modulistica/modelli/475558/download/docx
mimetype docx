--- v0 (2025-12-13)
+++ v1 (2026-02-12)
@@ -1526,209 +1526,209 @@
               <w:pStyle w:val="Normal"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="0" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_558616180"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_558616180"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3425505785"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3425505785"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3425505785"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>CARTA D’IDENTITÀ</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="0" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_558616180"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_558616180"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3425505785"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3425505785"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3425505785"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:lineRule="auto" w:line="324" w:before="0" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_558616180"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_558616180"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3425505785"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3425505785"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3425505785"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:spacing w:lineRule="auto" w:line="360" w:before="0" w:after="0"/>
               <w:ind w:left="284" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_558616180"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_558616180"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3425505785"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3425505785"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3425505785"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial" w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>……………………………………………………………………………</w:t>
             </w:r>
           </w:p>
         </w:tc>